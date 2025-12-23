--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ec9d805e4c4c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1589d1275b0e4dd28c49591a40413a9f.psmdcp" Id="R0e29589e4a1548f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156def78fe3b41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41bdc9ab4f0b4d81b0f83d3b5b887553.psmdcp" Id="R3ddf210ae2a04ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Middletown Gran..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2521" uniqueCount="2521">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>