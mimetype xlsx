--- v1 (2025-12-23)
+++ v2 (2025-12-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R156def78fe3b41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41bdc9ab4f0b4d81b0f83d3b5b887553.psmdcp" Id="R3ddf210ae2a04ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6611abf6f4944b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8ee921e2a0646ea8b7691ae714fa81b.psmdcp" Id="R4c70b258310a4c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Middletown Gran..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2521" uniqueCount="2521">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>