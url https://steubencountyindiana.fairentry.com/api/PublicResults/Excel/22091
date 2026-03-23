--- v2 (2025-12-23)
+++ v3 (2026-03-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6611abf6f4944b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8ee921e2a0646ea8b7691ae714fa81b.psmdcp" Id="R4c70b258310a4c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9110b9948d54106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec4c1d60ea6040bf920843e413b6832c.psmdcp" Id="R4edf51c057fc4006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Middletown Gran..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2521" uniqueCount="2521">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>