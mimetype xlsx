--- v3 (2026-03-23)
+++ v4 (2026-03-23)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9110b9948d54106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec4c1d60ea6040bf920843e413b6832c.psmdcp" Id="R4edf51c057fc4006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb835a2aabba64d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1f87c2ea287f4cf29ed26956060f70d5.psmdcp" Id="R7ab4553d6a9e4b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Middletown Gran..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2521" uniqueCount="2521">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>